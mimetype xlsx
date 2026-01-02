--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -59,87 +59,87 @@
   </si>
   <si>
     <t>José Antonio Dubiella - Prefeito</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 035/2025_x000D_
 DATA: 09 DE OUTUBRO DE 2025_x000D_
 SÚMULA: INSTITUI O PROGRAMA DE_x000D_
 RECUPERAÇÃO FISCAL (REFIS) NO_x000D_
 MUNICÍPIO DE FELIZ NATAL - MT,_x000D_
 AUTORIZA O PARCELAMENTO DE CRÉDITOS_x000D_
 TRIBUTÁRIOS ABRANGENDO O IMPOSTO_x000D_
 SOBRE A PROPRIEDADE URBANA (IPTU),_x000D_
 IMPOSTO SOBRE SERVIÇOS DE QUALQUER_x000D_
 NATUREZA (ISSQN), DÍVIDAS DE ÁGUA E_x000D_
 DEMAIS TAXAS PARA O EXERCÍCIO DE_x000D_
 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 20 de 2025</t>
   </si>
   <si>
-    <t>Adriana de Souza Silva Dias S,Carlos Francisco dos Santos,Manoel Aparecido Nazário,Weslei Ricardo Mirandola</t>
+    <t>Adriana de Souza Silva Dias,Carlos Francisco dos Santos,Manoel Aparecido Nazário,Weslei Ricardo Mirandola</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 020/2025_x000D_
 SÚMULA: Institui a Carteira de Identificação da Pessoa_x000D_
 com Deficiência no Município de Feliz Natal e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>Requerimento nº 4 de 2025</t>
   </si>
   <si>
     <t>Câmara de Vereadores - CVFN</t>
   </si>
   <si>
     <t>Requerimento 004/2025 - Eu Vereador Crisomar Vieira de Carvalho e a vereadora_x000D_
 Raquel Pires da Silva Roll regularmente em exercício nesta Casa Legislativa, venho por_x000D_
 meio deste, requerer, na forma regimental, a justificação de sua ausência na 31ª Sessão_x000D_
 Ordinária realizada no dia 29 de setembro de 2025, pois neste dia eu estava em visita “in_x000D_
 loco”. Nos termos regimentais e constitucionais, com amparo na Lei Orgânica Municipal_x000D_
 e diante dos princípios da função pública, vêm, com o devido respeito, submeter à_x000D_
 consideração da Mesa Diretora.</t>
   </si>
   <si>
     <t>Indicação nº 63 de 2025</t>
   </si>
   <si>
-    <t>Adriana de Souza Silva Dias S</t>
+    <t>Adriana de Souza Silva Dias</t>
   </si>
   <si>
     <t>Indicação n° 063/2025 - Instalar quebra molas na Rua Florianópolis.</t>
   </si>
   <si>
     <t>Indicação nº 66 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>Indicação n°066/2025 - No sentido de incluir_x000D_
 a Secretaria Municipal de Educação na composição do Conselho Municipal de_x000D_
 Desenvolvimento Rural Sustentável – CMDRS, procedendo-se à atualização de seu_x000D_
 Regimento Interno e demais normas correlatas, de forma a adequar a legislação municipal_x000D_
 às novas diretrizes da Lei Federal nº 15.226/2025 e fortalecer a integração entre as_x000D_
 políticas de Educação, Agricultura e Desenvolvimento Sustentável no âmbito do_x000D_
 Município de Feliz Natal – MT.</t>
   </si>
   <si>
     <t>Indicação nº 67 de 2025</t>
   </si>
   <si>
     <t>Manoel Aparecido Nazário</t>
   </si>
   <si>
     <t>Indicação n° 067/2025 - Para que sejam tomadas as devidas providências no sentido de fazer_x000D_
 calçamento de concreto no pátio do PA.</t>
   </si>
   <si>
     <t>Indicação nº 69 de 2025</t>
   </si>
   <si>
     <t>Carlos Francisco dos Santos</t>
@@ -470,51 +470,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="83.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">