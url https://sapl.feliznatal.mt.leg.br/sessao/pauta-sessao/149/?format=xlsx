--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -36,51 +36,51 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 17 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 017/2025_x000D_
 Data: 26 de agosto de 2025._x000D_
 Súmula: Institui o Conselho Municipal dos Direitos_x000D_
 da Mulher – CMDM, o Fundo Municipal dos Direitos_x000D_
 da Mulher – FMDM, a Conferência Municipal dos_x000D_
 Direitos da Mulher, e dá outras providências.</t>
   </si>
   <si>
     <t>Aguardando a inclusão na ordem do dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 18 de 2025</t>
   </si>
   <si>
     <t>Câmara de Vereadores - CVFN</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 018/2025_x000D_
 Súmula: Altera as Leis Municipais nº 806-2022 e nº_x000D_
 929-2024, e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 55 de 2025</t>