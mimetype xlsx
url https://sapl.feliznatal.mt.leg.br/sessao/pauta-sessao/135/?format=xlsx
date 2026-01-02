--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -50,51 +50,51 @@
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 17 de 2025</t>
   </si>
   <si>
     <t>José Antonio Dubiella - Prefeito</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 017/2025_x000D_
 DATA: 08 DE MAIO DE 2025._x000D_
 SÚMULA: ALTERA O DISPOSTO NA LEI MUNICIPAL Nº 442/2013, QUE DISPÕE SOBRE A PLANTA GENÉRICA DO MUNICÍPIO DE FELIZ NATAL, ESTADO DE MATO GROSSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 10 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 010/2025_x000D_
 Institui o selo “Empresa Amiga da Mulher” às empresas que cumprirem metas de valorização a plena vivência da mulher no ambiente de trabalho.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 11 de 2025</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 011/2025 - Institui o Banco Comunitário de Cadeiras de Rodas e Similares no Município de Feliz Natal – MT, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição aprovada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>