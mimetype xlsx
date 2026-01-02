--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -67,51 +67,51 @@
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 16 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 016/2025_x000D_
 DATA: 08 DE MAIO DE 2025	_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A DESAFETAÇÃO E DOAÇÃO DE IMÓVEL À ASSOCIAÇÃO CLUBE DA 3º IDADE ESPERANÇA VIVA DE FELIZ NATAL – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 8 de 2025</t>
   </si>
   <si>
     <t>Câmara de Vereadores - CVFN</t>
   </si>
   <si>
     <t>Projeto de Lei Legslativo nºº 008/2025 - Dispõe sobre o Brasão Oficial da Câmara Municipal de Vereadores De Feliz Natal – MT e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 12 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 012/2025 - Garante atendimento prioritário, no âmbito da rede pública municipal de saúde, a crianças e adolescentes vítimas de violação de direitos, especialmente aquelas acolhidas na Casa Lar Municipal.</t>
   </si>
   <si>
     <t>Indicação nº 33 de 2025</t>
   </si>
   <si>
     <t>Ernandis Quadros Alves</t>
   </si>
   <si>
     <t>Indicação nº033/2025 - Instalar um painel de led informativo em frente a prefeitura municipal.</t>
   </si>
   <si>
     <t>Proposição retirada da Ordem do Dia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>