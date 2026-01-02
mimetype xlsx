--- v0 (2025-10-22)
+++ v1 (2026-01-02)
@@ -57,51 +57,51 @@
   <si>
     <t>Projeto de Lei Municipal nº 6 de 2025</t>
   </si>
   <si>
     <t>José Antonio Dubiella - Prefeito</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 006/2025_x000D_
 DATA: 20 DE MARÇO DE 2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DOS MORADORES DO BAIRRO BELA VISTA – A. M. B. B. V., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 9 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 009/2025 DATA: 20 DE MARÇO DE 2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR ACORDO DE COOPERAÇÃO PARA A CONSECUÇÃO DE FINALIDADE DE INTERESSE PÚBLICO E RECÍPROCO COM ENTIDADE CIVIL SEM FINS LUCRATIVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 7 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 007/2025 Cria o Programa de Incentivo ao  empreendedorismo da Mulher – Programa “Elas Empreendedoras” e dá outras providencias.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Ernandis Quadros Alves</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 006/2025 Dispõe sobre a obrigatoriedade de afixação de placa com informações sobre despesas em eventos promovidos, patrocinados ou com emprego de dinheiro público.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 9 de 2025</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 009/2025_Dispõe sobre a apresentação de relatório bimestral sobre as obras em andamento ou com prazo de execução suspenso no município.</t>
   </si>
   <si>
     <t>Requerimento nº 1 de 2025</t>
   </si>
   <si>
     <t>Câmara de Vereadores - CVFN</t>
   </si>