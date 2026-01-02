--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -57,51 +57,51 @@
   <si>
     <t>Projeto de Lei Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Ernandis Quadros Alves</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 006/2025 Dispõe sobre a obrigatoriedade de afixação de placa com informações sobre despesas em eventos promovidos, patrocinados ou com emprego de dinheiro público.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 8 de 2025</t>
   </si>
   <si>
     <t>Câmara de Vereadores - CVFN</t>
   </si>
   <si>
     <t>Projeto de Lei Legslativo nºº 008/2025 - Dispõe sobre o Brasão Oficial da Câmara Municipal de Vereadores De Feliz Natal – MT e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 19 de 2025</t>
   </si>
   <si>
-    <t>Adriana de Souza Silva Dias S</t>
+    <t>Adriana de Souza Silva Dias</t>
   </si>
   <si>
     <t>Indicação nº 18/2025 Contratar um protético para o município Feliz Natal MT.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>