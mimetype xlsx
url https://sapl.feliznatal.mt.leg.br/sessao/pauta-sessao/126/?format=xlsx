--- v0 (2025-10-22)
+++ v1 (2026-01-02)
@@ -88,76 +88,76 @@
     <t>Projeto de Lei Municipal nº 13 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 013/2025_x000D_
 DATA: 20 DE MARÇO DE 2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DOS ACADÊMICOS DE FELIZ NATAL - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Aguardando a inclusão na ordem do dia</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 2 de 2025</t>
   </si>
   <si>
     <t>Legislativo Municipal - LM</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 002/2025_x000D_
 DATA: 10 DE MARÇO DE 2025._x000D_
 Autoriza o Poder Legislativo a conceder reajuste de vencimento aos servidores da Câmara Municipal de Feliz Natal/MT, e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 4 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 004/2025_x000D_
 SÚMULA: CRIA A ESCOLA DO LEGISLATIVO DA CÂMARA MUNICIPAL DE FELIZ NATAL - MT, NO ÂMBITO DA CÂMARA MUNICIPAL DE FELIZ NATAL - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 5 de 2025</t>
   </si>
   <si>
     <t>Ernandis Quadros Alves</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 005/2025 Altera a Lei Municipal nº 943/2024, torna mais rigorosa as consequências pela má utilização de diárias de viagens e estabelece maior transparência quanto ao acesso público aos gastos desses recursos, nas condições que especifica.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 7 de 2025</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 007/2025 Cria o Programa de Incentivo ao  empreendedorismo da Mulher – Programa “Elas Empreendedoras” e dá outras providencias.</t>
   </si>
   <si>
     <t>Indicação nº 7 de 2025</t>
   </si>
   <si>
-    <t>Adriana de Souza Silva Dias S</t>
+    <t>Adriana de Souza Silva Dias</t>
   </si>
   <si>
     <t>INDICAÇÃO N˚ 007/2025 Construir quebra molas na Rua Pinhalzinho próximo a Mercearia Itaíba.</t>
   </si>
   <si>
     <t>Indicação nº 9 de 2025</t>
   </si>
   <si>
     <t>INDICAÇÃO N˚ 009/2025 Construir o Centro Especializado do Autismo em Feliz Natal MT.</t>
   </si>
   <si>
     <t>Indicação nº 17 de 2025</t>
   </si>
   <si>
     <t>Manoel Aparecido Nazário</t>
   </si>
   <si>
     <t>Indicação n˚ 017/2025 Fazer manutenção na estrada vicinal 154 que dá acesso a Fazenda Amada Amante.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">