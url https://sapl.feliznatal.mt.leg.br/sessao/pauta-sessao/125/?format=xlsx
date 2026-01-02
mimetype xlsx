--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -54,51 +54,51 @@
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 8 de 2025</t>
   </si>
   <si>
     <t>José Antonio Dubiella - Prefeito</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 008/2025_x000D_
 DATA: 13 DE MARÇO DE 2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL A DOAR O IMÓVEL_x000D_
 DENOMINADO LOTE 10 DA QUADRA 25_x000D_
 PARA O ESTADO DE MATO GROSSO, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 4 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 004/2025_x000D_
 SÚMULA: CRIA A ESCOLA DO LEGISLATIVO DA CÂMARA MUNICIPAL DE FELIZ NATAL - MT, NO ÂMBITO DA CÂMARA MUNICIPAL DE FELIZ NATAL - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 5 de 2025</t>
   </si>
   <si>
     <t>Ernandis Quadros Alves</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 005/2025 Altera a Lei Municipal nº 943/2024, torna mais rigorosa as consequências pela má utilização de diárias de viagens e estabelece maior transparência quanto ao acesso público aos gastos desses recursos, nas condições que especifica.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 006/2025 Dispõe sobre a obrigatoriedade de afixação de placa com informações sobre despesas em eventos promovidos, patrocinados ou com emprego de dinheiro público.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">