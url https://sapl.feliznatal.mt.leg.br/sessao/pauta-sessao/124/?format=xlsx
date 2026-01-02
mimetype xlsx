--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -84,51 +84,51 @@
 DATA: 06 DE MARÇO DE 2025_x000D_
 SÚMULA: ALTERA O ANEXO I DA LEI COMPLEMENTAR N° 087/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 7 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 007/2025_x000D_
 DATA: 24 DE FEVEREIRO DE 2025_x000D_
 SÚMULA: ALTERA A LEI MUNICIPAL 951/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 3 de 2025</t>
   </si>
   <si>
     <t>Câmara de Vereadores - CVFN</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 003/2025_x000D_
 De 11 de fevereiro de 2025. Autoriza o Poder Legislativo Municipal a conceder Termo de Fomento a Associação Comunitária, Cultural e Folclórica de Feliz Natal Mato Grosso, e dá outras providencias.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 4 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 004/2025_x000D_
 SÚMULA: CRIA A ESCOLA DO LEGISLATIVO DA CÂMARA MUNICIPAL DE FELIZ NATAL - MT, NO ÂMBITO DA CÂMARA MUNICIPAL DE FELIZ NATAL - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 5 de 2025</t>
   </si>
   <si>
     <t>Ernandis Quadros Alves</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 005/2025 Altera a Lei Municipal nº 943/2024, torna mais rigorosa as consequências pela má utilização de diárias de viagens e estabelece maior transparência quanto ao acesso público aos gastos desses recursos, nas condições que especifica.</t>
   </si>
   <si>
     <t>Indicação nº 15 de 2025</t>
   </si>
   <si>
     <t>Indicação nº 015  Colocar um agente fiscalizador de trânsito no horário de entrada e saída dos alunos nas escolas e creches do município.</t>
   </si>
   <si>
     <t>Indicação nº 16 de 2025</t>
   </si>
   <si>
     <t>INDICAÇÃO N˚ 016/2025 Instalar lixeira ecológica na pista de caminhada da Avenida Xanxerê.</t>