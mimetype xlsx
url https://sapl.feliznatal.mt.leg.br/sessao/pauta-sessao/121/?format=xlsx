--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -66,51 +66,51 @@
 SÚMULA: PROMOVE ALTERAÇÕES NA LEI COMPLEMENTAR Nº 025/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 5 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 005/2025_x000D_
 DATA: 06 DE FEVEREIRO DE 2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE FOMENTO COM A COMUNIDADE TERAPÊUTICA EMANUEL DEUS CONOSCO - CTEDC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 1 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2025_x000D_
 DATA: 30 DE JANEIRO DE 2025_x000D_
 SÚMULA: RATIFICA A PARTICIPAÇÃO DO MUNICÍPIO E AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR CONTRATO DE RATEIO COM O CONSÓRCIO PÚBLICO DE SAÚDE VALE DO TELES PIRES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 1 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO 001/2025: Dispõe sobre a realização de curso de formação de vereadores em início de mandato e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 1 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 001/2025 : Autoriza o Poder Executivo a conceder  Auxílio Financeiro aos Portadores de Doença Renal Crônica em tratamento por Hemodiálise fora do município de Feliz Natal – MT., e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 3 de 2025</t>
   </si>
   <si>
     <t>Raquel Pires da Silva Roll</t>
   </si>
   <si>
     <t>INDICAÇÃO N˚ 003/2025 Instalar academia ao ar livre e paralelamente construir uma pista e caminhada no Assentamento Ena.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 5 de 2025</t>
   </si>