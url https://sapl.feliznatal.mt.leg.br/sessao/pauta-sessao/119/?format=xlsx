--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -74,51 +74,51 @@
   <si>
     <t>PROJETO DE LEI Nº 004/2025_x000D_
 DATA: 30 DE JANEIRO DE 2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO A CELEBRAR CESSÃO DE SERVIDORES PÚBLICOS MUNICIPAIS À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS (APAE) DE FELIZ NATAL – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 1 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2025_x000D_
 DATA: 30 DE JANEIRO DE 2025_x000D_
 SÚMULA: RATIFICA A PARTICIPAÇÃO DO MUNICÍPIO E AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR CONTRATO DE RATEIO COM O CONSÓRCIO PÚBLICO DE SAÚDE VALE DO TELES PIRES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Municipal nº 3 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2025_x000D_
 DATA: 30 DE JANEIRO DE 2025_x000D_
 SÚMULA: AUTORIZA O PODER EXECUTIVO A CONCEDER PREMIAÇÕES EM EVENTOS ESPORTIVOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 1 de 2025</t>
   </si>
   <si>
-    <t>Crisomar Vieira de carvalho</t>
+    <t>Crisomar Vieira de Carvalho</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO 001/2025: Dispõe sobre a realização de curso de formação de vereadores em início de mandato e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 1 de 2025</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 001/2025 : Autoriza o Poder Executivo a conceder  Auxílio Financeiro aos Portadores de Doença Renal Crônica em tratamento por Hemodiálise fora do município de Feliz Natal – MT., e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 1 de 2025</t>
   </si>
   <si>
     <t>Raquel Pires da Silva Roll</t>
   </si>
   <si>
     <t>Indicação nº 001/2025 - trocar o alambrado da Escola Malvina Pescinelli no Assentamento Ena.</t>
   </si>
   <si>
     <t>Indicação nº 2 de 2025</t>
   </si>
   <si>
     <t>Carlos Francisco dos Santos</t>
   </si>